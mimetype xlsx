--- v0 (2025-10-08)
+++ v1 (2025-11-19)
@@ -15,138 +15,141 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PK6 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="29">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="30">
+  <si>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>PAYMENT CARDS ISSUED AND CARD PAYMENTS EXECUTED IN THE REPUBLIC OF CROATIA IN EURO - year 2025
 </t>
   </si>
   <si>
     <t>Reporting period</t>
   </si>
   <si>
     <t>Type of card </t>
   </si>
   <si>
     <t>TOTAL</t>
   </si>
   <si>
     <t>Number of payment cards in circulation {1}</t>
   </si>
   <si>
     <t>Total transactions{2}</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Value (in euro)</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> Debit cards </t>
   </si>
   <si>
-    <t>*</t>
-[...1 lines deleted...]
-  <si>
     <t> JANUARY</t>
   </si>
   <si>
     <t> All other cards </t>
   </si>
   <si>
     <t> Total </t>
   </si>
   <si>
     <t> FEBRUARY</t>
   </si>
   <si>
     <t> MARCH</t>
   </si>
   <si>
     <t> APRIL</t>
   </si>
   <si>
     <t> MAY</t>
   </si>
   <si>
     <t> JUNE</t>
   </si>
   <si>
+    <t> JULY</t>
+  </si>
+  <si>
+    <t> AUGUST</t>
+  </si>
+  <si>
+    <t> SEPTEMBER</t>
+  </si>
+  <si>
     <t> TOTAL</t>
   </si>
   <si>
     <t>{1} Refers to the number of used and unused payment cards on the last day of the reporting period and it does not include blocked payment cards.</t>
   </si>
   <si>
     <t>{2} The transactions of money remittances, contractual charge and cash credit are not included.</t>
   </si>
   <si>
     <t>    The transactions of purchases in instalments and transactions of cash withdrawal in instalments are included.</t>
-  </si>
-[...1 lines deleted...]
-    <t>*data have been revised from the previous release</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
@@ -535,51 +538,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:H35"/>
+  <dimension ref="A1:H43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="25" customWidth="1"/>
     <col min="3" max="3" width="27" customWidth="1"/>
     <col min="4" max="4" width="4" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
     <col min="7" max="7" width="21" customWidth="1"/>
     <col min="8" max="8" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s" s="2">
         <v>1</v>
       </c>
     </row>
@@ -624,603 +627,832 @@
         <v>9</v>
       </c>
       <c r="E9" t="s" s="5">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="E10" t="s" s="5">
         <v>11</v>
       </c>
       <c r="G10" t="s" s="5">
         <v>12</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s" s="7">
         <v>13</v>
       </c>
       <c r="B11" t="s" s="7">
         <v>14</v>
       </c>
       <c r="C11" s="8">
         <v>6646721</v>
       </c>
       <c r="D11" t="s" s="7">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E11" s="8">
         <v>51244443</v>
       </c>
       <c r="F11" t="s" s="7">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G11" s="8">
         <v>2525036037</v>
       </c>
       <c r="H11" t="s" s="7">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="B12" t="s" s="7">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>1668333</v>
       </c>
       <c r="D12" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E12" s="8">
         <v>6735386</v>
       </c>
       <c r="F12" t="s" s="7">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G12" s="8">
         <v>286592545</v>
       </c>
       <c r="H12" t="s" s="7">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s" s="9">
         <v>13</v>
       </c>
       <c r="B13" t="s" s="10">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C13" s="11">
         <v>8315054</v>
       </c>
       <c r="D13" t="s" s="10">
         <v>13</v>
       </c>
       <c r="E13" s="11">
         <v>57979829</v>
       </c>
       <c r="F13" t="s" s="10">
         <v>13</v>
       </c>
       <c r="G13" s="11">
         <v>2811628582</v>
       </c>
       <c r="H13" t="s" s="10">
         <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s" s="7">
         <v>13</v>
       </c>
       <c r="B14" t="s" s="7">
         <v>14</v>
       </c>
       <c r="C14" s="8">
         <v>6865894</v>
       </c>
       <c r="D14" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E14" s="8">
         <v>49921813</v>
       </c>
       <c r="F14" t="s" s="7">
         <v>13</v>
       </c>
       <c r="G14" s="8">
         <v>2483306986</v>
       </c>
       <c r="H14" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s" s="7">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B15" t="s" s="7">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C15" s="8">
         <v>1669770</v>
       </c>
       <c r="D15" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E15" s="8">
         <v>6620707</v>
       </c>
       <c r="F15" t="s" s="7">
         <v>13</v>
       </c>
       <c r="G15" s="8">
         <v>283212415</v>
       </c>
       <c r="H15" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s" s="9">
         <v>13</v>
       </c>
       <c r="B16" t="s" s="10">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C16" s="11">
         <v>8535664</v>
       </c>
       <c r="D16" t="s" s="10">
         <v>13</v>
       </c>
       <c r="E16" s="11">
         <v>56542520</v>
       </c>
       <c r="F16" t="s" s="10">
         <v>13</v>
       </c>
       <c r="G16" s="11">
         <v>2766519401</v>
       </c>
       <c r="H16" t="s" s="10">
         <v>13</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s" s="7">
         <v>13</v>
       </c>
       <c r="B17" t="s" s="7">
         <v>14</v>
       </c>
       <c r="C17" s="8">
         <v>6820260</v>
       </c>
       <c r="D17" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E17" s="8">
         <v>57214407</v>
       </c>
       <c r="F17" t="s" s="7">
         <v>13</v>
       </c>
       <c r="G17" s="8">
         <v>2820048486</v>
       </c>
       <c r="H17" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s" s="7">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s" s="7">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C18" s="8">
         <v>1671360</v>
       </c>
       <c r="D18" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E18" s="8">
         <v>7655719</v>
       </c>
       <c r="F18" t="s" s="7">
         <v>13</v>
       </c>
       <c r="G18" s="8">
         <v>332726104</v>
       </c>
       <c r="H18" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s" s="9">
         <v>13</v>
       </c>
       <c r="B19" t="s" s="10">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C19" s="11">
         <v>8491620</v>
       </c>
       <c r="D19" t="s" s="10">
         <v>13</v>
       </c>
       <c r="E19" s="11">
         <v>64870126</v>
       </c>
       <c r="F19" t="s" s="10">
         <v>13</v>
       </c>
       <c r="G19" s="11">
         <v>3152774590</v>
       </c>
       <c r="H19" t="s" s="10">
         <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s" s="7">
         <v>13</v>
       </c>
       <c r="B20" t="s" s="7">
         <v>14</v>
       </c>
       <c r="C20" s="8">
         <v>6756779</v>
       </c>
       <c r="D20" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E20" s="8">
         <v>58031356</v>
       </c>
       <c r="F20" t="s" s="7">
         <v>13</v>
       </c>
       <c r="G20" s="8">
         <v>2945101028</v>
       </c>
       <c r="H20" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s" s="7">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B21" t="s" s="7">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C21" s="8">
         <v>1701133</v>
       </c>
       <c r="D21" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E21" s="8">
         <v>7560154</v>
       </c>
       <c r="F21" t="s" s="7">
         <v>13</v>
       </c>
       <c r="G21" s="8">
         <v>336154167</v>
       </c>
       <c r="H21" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s" s="9">
         <v>13</v>
       </c>
       <c r="B22" t="s" s="10">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C22" s="11">
         <v>8457912</v>
       </c>
       <c r="D22" t="s" s="10">
         <v>13</v>
       </c>
       <c r="E22" s="11">
         <v>65591510</v>
       </c>
       <c r="F22" t="s" s="10">
         <v>13</v>
       </c>
       <c r="G22" s="11">
         <v>3281255195</v>
       </c>
       <c r="H22" t="s" s="10">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s" s="7">
         <v>13</v>
       </c>
       <c r="B23" t="s" s="7">
         <v>14</v>
       </c>
       <c r="C23" s="8">
         <v>6761252</v>
       </c>
       <c r="D23" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E23" s="8">
         <v>61222610</v>
       </c>
       <c r="F23" t="s" s="7">
         <v>13</v>
       </c>
       <c r="G23" s="8">
         <v>3128808275</v>
       </c>
       <c r="H23" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s" s="7">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B24" t="s" s="7">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C24" s="8">
         <v>1698421</v>
       </c>
       <c r="D24" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E24" s="8">
         <v>7804840</v>
       </c>
       <c r="F24" t="s" s="7">
         <v>13</v>
       </c>
       <c r="G24" s="8">
         <v>346279501</v>
       </c>
       <c r="H24" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s" s="9">
         <v>13</v>
       </c>
       <c r="B25" t="s" s="10">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C25" s="11">
         <v>8459673</v>
       </c>
       <c r="D25" t="s" s="10">
         <v>13</v>
       </c>
       <c r="E25" s="11">
         <v>69027450</v>
       </c>
       <c r="F25" t="s" s="10">
         <v>13</v>
       </c>
       <c r="G25" s="11">
         <v>3475087776</v>
       </c>
       <c r="H25" t="s" s="10">
         <v>13</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s" s="7">
         <v>13</v>
       </c>
       <c r="B26" t="s" s="7">
         <v>14</v>
       </c>
       <c r="C26" s="8">
         <v>6757452</v>
       </c>
       <c r="D26" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E26" s="8">
         <v>61358343</v>
       </c>
       <c r="F26" t="s" s="7">
         <v>13</v>
       </c>
       <c r="G26" s="8">
         <v>3174743092</v>
       </c>
       <c r="H26" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s" s="7">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B27" t="s" s="7">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C27" s="8">
         <v>1682018</v>
       </c>
       <c r="D27" t="s" s="7">
         <v>13</v>
       </c>
       <c r="E27" s="8">
         <v>7640960</v>
       </c>
       <c r="F27" t="s" s="7">
         <v>13</v>
       </c>
       <c r="G27" s="8">
         <v>339129811</v>
       </c>
       <c r="H27" t="s" s="7">
         <v>13</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s" s="9">
         <v>13</v>
       </c>
       <c r="B28" t="s" s="10">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C28" s="11">
         <v>8439470</v>
       </c>
       <c r="D28" t="s" s="10">
         <v>13</v>
       </c>
       <c r="E28" s="11">
         <v>68999303</v>
       </c>
       <c r="F28" t="s" s="10">
         <v>13</v>
       </c>
       <c r="G28" s="11">
         <v>3513872903</v>
       </c>
       <c r="H28" t="s" s="10">
         <v>13</v>
       </c>
     </row>
     <row r="29" spans="1:8">
-      <c r="A29" t="s" s="12">
-[...2 lines deleted...]
-      <c r="B29" t="s" s="12">
+      <c r="A29" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="B29" t="s" s="7">
         <v>14</v>
       </c>
-      <c r="C29" s="13">
+      <c r="C29" s="8">
+        <v>6747256</v>
+      </c>
+      <c r="D29" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E29" s="8">
+        <v>62564417</v>
+      </c>
+      <c r="F29" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G29" s="8">
+        <v>3293336825</v>
+      </c>
+      <c r="H29" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="B30" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C30" s="8">
+        <v>1674097</v>
+      </c>
+      <c r="D30" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E30" s="8">
+        <v>7892958</v>
+      </c>
+      <c r="F30" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G30" s="8">
+        <v>346615101</v>
+      </c>
+      <c r="H30" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s" s="9">
+        <v>13</v>
+      </c>
+      <c r="B31" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="C31" s="11">
+        <v>8421353</v>
+      </c>
+      <c r="D31" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="E31" s="11">
+        <v>70457375</v>
+      </c>
+      <c r="F31" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="G31" s="11">
+        <v>3639951926</v>
+      </c>
+      <c r="H31" t="s" s="10">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="B32" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="C32" s="8">
+        <v>6734657</v>
+      </c>
+      <c r="D32" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E32" s="8">
+        <v>58712579</v>
+      </c>
+      <c r="F32" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G32" s="8">
+        <v>3136339299</v>
+      </c>
+      <c r="H32" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s" s="7">
+        <v>24</v>
+      </c>
+      <c r="B33" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C33" s="8">
+        <v>1670609</v>
+      </c>
+      <c r="D33" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E33" s="8">
+        <v>7266996</v>
+      </c>
+      <c r="F33" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G33" s="8">
+        <v>316270911</v>
+      </c>
+      <c r="H33" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s" s="9">
+        <v>13</v>
+      </c>
+      <c r="B34" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="C34" s="11">
+        <v>8405266</v>
+      </c>
+      <c r="D34" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="E34" s="11">
+        <v>65979575</v>
+      </c>
+      <c r="F34" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="G34" s="11">
+        <v>3452610210</v>
+      </c>
+      <c r="H34" t="s" s="10">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="B35" t="s" s="7">
+        <v>14</v>
+      </c>
+      <c r="C35" s="8">
+        <v>6714544</v>
+      </c>
+      <c r="D35" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E35" s="8">
+        <v>60659526</v>
+      </c>
+      <c r="F35" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G35" s="8">
+        <v>3167810373</v>
+      </c>
+      <c r="H35" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s" s="7">
+        <v>25</v>
+      </c>
+      <c r="B36" t="s" s="7">
+        <v>16</v>
+      </c>
+      <c r="C36" s="8">
+        <v>1678546</v>
+      </c>
+      <c r="D36" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="E36" s="8">
+        <v>7684323</v>
+      </c>
+      <c r="F36" t="s" s="7">
+        <v>13</v>
+      </c>
+      <c r="G36" s="8">
+        <v>340956588</v>
+      </c>
+      <c r="H36" t="s" s="7">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s" s="9">
+        <v>13</v>
+      </c>
+      <c r="B37" t="s" s="10">
+        <v>17</v>
+      </c>
+      <c r="C37" s="11">
+        <v>8393090</v>
+      </c>
+      <c r="D37" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="E37" s="11">
+        <v>68343849</v>
+      </c>
+      <c r="F37" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="G37" s="11">
+        <v>3508766961</v>
+      </c>
+      <c r="H37" t="s" s="10">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="B38" t="s" s="12">
+        <v>14</v>
+      </c>
+      <c r="C38" s="13">
         <v/>
       </c>
-      <c r="D29" t="s" s="12">
-[...19 lines deleted...]
-      <c r="B30" t="s" s="12">
+      <c r="D38" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="E38" s="13">
+        <v>520929494</v>
+      </c>
+      <c r="F38" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="G38" s="13">
+        <v>26674530401</v>
+      </c>
+      <c r="H38" t="s" s="12">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s" s="12">
+        <v>26</v>
+      </c>
+      <c r="B39" t="s" s="12">
+        <v>16</v>
+      </c>
+      <c r="C39" s="13">
+        <v/>
+      </c>
+      <c r="D39" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="E39" s="13">
+        <v>66862043</v>
+      </c>
+      <c r="F39" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="G39" s="13">
+        <v>2927937143</v>
+      </c>
+      <c r="H39" t="s" s="12">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s" s="12">
+        <v>13</v>
+      </c>
+      <c r="B40" t="s" s="10">
         <v>17</v>
       </c>
-      <c r="C30" s="13">
+      <c r="C40" s="11">
         <v/>
       </c>
-      <c r="D30" t="s" s="12">
-[...52 lines deleted...]
-      <c r="A34" t="s">
+      <c r="D40" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="E40" s="11">
+        <v>587791537</v>
+      </c>
+      <c r="F40" t="s" s="10">
+        <v>13</v>
+      </c>
+      <c r="G40" s="11">
+        <v>29602467544</v>
+      </c>
+      <c r="H40" t="s" s="10">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="35" spans="1:8">
-      <c r="A35" t="s">
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
         <v>28</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A2:H2"/>
     <mergeCell ref="A3:H3"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="A6:H6"/>
     <mergeCell ref="A7:H7"/>
     <mergeCell ref="A8:A10"/>
     <mergeCell ref="B8:B10"/>
     <mergeCell ref="C8:H8"/>
     <mergeCell ref="C9:D10"/>
     <mergeCell ref="E9:H9"/>
     <mergeCell ref="E10:F10"/>
     <mergeCell ref="G10:H10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">